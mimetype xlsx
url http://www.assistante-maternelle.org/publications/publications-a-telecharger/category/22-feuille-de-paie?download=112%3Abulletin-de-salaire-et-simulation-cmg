--- v0 (2025-10-16)
+++ v1 (2026-02-02)
@@ -1,196 +1,352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{166CCD20-E90C-4D9F-90AF-045787FDE230}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Simulateur CMG" sheetId="1" r:id="rId1"/>
+    <sheet name="Simulateur Cotisations " sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G11" i="1" l="1"/>
-[...9 lines deleted...]
-  <c r="D27" i="1" s="1"/>
+  <c r="G16" i="1" l="1"/>
+  <c r="G20" i="1" s="1"/>
+  <c r="G7" i="2"/>
+  <c r="G15" i="2" s="1"/>
+  <c r="G19" i="1" l="1"/>
+  <c r="G11" i="2" s="1"/>
+  <c r="G13" i="2" s="1"/>
+  <c r="G9" i="2"/>
   <c r="C28" i="1"/>
   <c r="D28" i="1" s="1"/>
+  <c r="E28" i="1" s="1"/>
+  <c r="F28" i="1" s="1"/>
   <c r="C29" i="1"/>
   <c r="D29" i="1" s="1"/>
-  <c r="E27" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="G28" i="1" s="1"/>
+  <c r="C30" i="1"/>
+  <c r="D30" i="1" s="1"/>
+  <c r="C31" i="1"/>
+  <c r="D31" i="1" s="1"/>
+  <c r="C32" i="1"/>
+  <c r="D32" i="1" s="1"/>
+  <c r="G17" i="2" l="1"/>
+  <c r="E30" i="1"/>
+  <c r="F30" i="1" s="1"/>
+  <c r="G30" i="1" s="1"/>
+  <c r="E31" i="1"/>
+  <c r="F31" i="1" s="1"/>
+  <c r="G31" i="1" s="1"/>
+  <c r="E32" i="1"/>
+  <c r="F32" i="1" s="1"/>
+  <c r="G32" i="1" s="1"/>
   <c r="E29" i="1"/>
   <c r="F29" i="1" s="1"/>
   <c r="G29" i="1" s="1"/>
-  <c r="E26" i="1"/>
-[...2 lines deleted...]
-  <c r="G25" i="1"/>
+  <c r="G28" i="1"/>
+  <c r="B22" i="2" l="1"/>
+  <c r="G22" i="2" s="1"/>
+  <c r="B23" i="2"/>
+  <c r="G23" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Auteur</author>
   </authors>
   <commentList>
-    <comment ref="A10" authorId="0">
+    <comment ref="A10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comprenant les heures au titre :
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>- des heures normales payées (heures mensualisées - les heures retenues sur salaire si besoin)</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>- des heures compl et/ou majorées mensualisées payés (- les heures retenues sur salaire si besoin)
+          <t xml:space="preserve">- des heures compl et/ou majorées mensualisées payés (- les heures retenues sur salaire si besoin)
 - heures compl/et/ou majorées versés en plus du salaire mensuel de base
 - de la régularisation (montant/taux horaire net de bas)
-- des congés payés (montant/taux horaire net de base)
-- de l'indemnité de précarité (montant/taux horaire net de base)</t>
+- des congés payés à convertir en heures (montant/taux horaire net de base) uniquement contrat sur 46 semaines ou moins </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <i/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>(Ne pas convertir en heures).</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+- de l'indemnité de précarité (montant/taux horaire net de base) </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <i/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>(Ne pas convertir en heures).</t>
         </r>
       </text>
     </comment>
-    <comment ref="A21" authorId="0">
+    <comment ref="A20" authorId="0" shapeId="0" xr:uid="{BC85030C-F0B2-4E0F-A350-CE8842455B67}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>SPAMAF :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>De septembre à décembre 2025</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">, l’intégration de l’indemnité compensatrice de congés payés et de la prime de précarité dans la formule de plafonnement pouvait conduire à un dépassement du seuil de 8 €/h. Cette situation générait parfois un surcoût pour les employeurs, se traduisant par une diminution du CMG rémunération et d'une éventuelle une prise en charge partielle des cotisations patronales.
+Afin de contourner ce surcoût, il a été constaté que ces indemnités étaient parfois converties en heures.
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>À compter du 1er janvier 2026,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> une évolution du cadre réglementaire est intervenue : l’indemnité compensatrice de congés payés et la prime de précarité sont désormais exclues de l’appréciation du respect du plafond.
+En conséquence, ces indemnités ne sont plus prises en compte dans le calcul du taux de plafonnement, évitant ainsi qu’elles n’augmentent artificiellement le taux horaire de référence de l’assistant maternel au-delà, voire au-delà de 8 €/h.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="A24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SPAMAF :
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Revenus net catégoriel = Net imposable défini sur l'avis d'imposition N-2</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Auteur</author>
+  </authors>
+  <commentList>
+    <comment ref="G13" authorId="0" shapeId="0" xr:uid="{225DAEBA-EA6C-4E94-AEC6-9B78C70EB1BA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">SPAMAF :
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">S'il est de 0 €, il n'y a pas de surcoût de cotisations patronales à payer
+</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>Nb enft</t>
   </si>
   <si>
     <t>4 à 7</t>
   </si>
   <si>
     <t>8 à 10</t>
   </si>
   <si>
     <t>Après déduction crédit d'impôt</t>
   </si>
   <si>
-    <t>Reste à charge x 50%, limité à 1750 €/an</t>
-[...1 lines deleted...]
-  <si>
     <t>Salaire net déclaré  (hors montant exonération) :</t>
   </si>
   <si>
     <t>Indemnité entretien mensuel :</t>
   </si>
   <si>
     <t>Indemnité repas mensuel :</t>
   </si>
   <si>
     <t>Coût réel estimé de l'Assistant Maternel</t>
   </si>
   <si>
     <t>Net à payer de l'Assistant Maternel</t>
   </si>
   <si>
     <t>Montant mensuel reste à charge hors impôt</t>
   </si>
   <si>
     <t xml:space="preserve">Coût horaire de référence net fixé par la loi : </t>
   </si>
   <si>
     <t>Net à payer - Montant mensuel CMG</t>
   </si>
   <si>
     <t>Net à payer (hors indemnité km, indemnité de rupture) :</t>
@@ -216,65 +372,104 @@
   <si>
     <t>Ce simulateur permet d'estimer au mieux le coût mensuel réel que représente un assistant maternel à partir de la nouvelle réforme du CMG (Complément de choix de Mode de Garde)</t>
   </si>
   <si>
     <t>Revenus mensuels  du foyer x Taux d'effort personnalisé %</t>
   </si>
   <si>
     <t>(Taux horaire de réf AM plafonné à 8 € - Montant par heure CMG) x Nbre d'heures déclarées</t>
   </si>
   <si>
     <t>(Taux horaire de réf AM/4,85 € Coût horaire de réf) x Taux d'effort fixé par la loi</t>
   </si>
   <si>
     <t>Total du nombre d'heures déclarées à PAJEMPLOI :</t>
   </si>
   <si>
     <t>Calcul du taux horaire de référence de l'Assistant Maternel plafonné à 8 €/h net :</t>
   </si>
   <si>
     <t>Revenus net mensuels du foyer N-2 (Net imposable/12 mois) :</t>
   </si>
   <si>
     <t>Syndicat National Professionnel des Assistants Maternels et Assistants Familiaux</t>
   </si>
   <si>
-    <t>Copyright 2025 -  Propriété du S.P.A.M.A.F. -  Reproduction interdite</t>
+    <t>Copyright 2026 -  Propriété du S.P.A.M.A.F. -  Reproduction interdite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indemnité compensatrice de congés payés (fin de contrat) : </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prime de précarité (fin de contrat) : </t>
+  </si>
+  <si>
+    <t>Tous les départements sauf Alsace-Moselle :</t>
+  </si>
+  <si>
+    <t>Alsace-Moselle :</t>
+  </si>
+  <si>
+    <t>Calcul du montant net plafonné :</t>
+  </si>
+  <si>
+    <t>Calcul du taux horaire de référence de l'Assistant Maternel non pris en charge :</t>
+  </si>
+  <si>
+    <t>Calcul du taux horaire de référence de l'Assistant Maternel  :</t>
+  </si>
+  <si>
+    <t>Calcul du montant net hors plafond :</t>
+  </si>
+  <si>
+    <t>Outil d'estimation du montant des cotisations à la charge de l'employeur sur la part hors plafond (au-delà de 8 €/h) qui n'est pas pris en charge par l'URSSAF.</t>
+  </si>
+  <si>
+    <t>Coût des cotisations patronales sur la part hors plafond</t>
+  </si>
+  <si>
+    <t>Rappel : les cotisations salariales sont pris en charge à 100% par la CAF.</t>
+  </si>
+  <si>
+    <t>Estimation reste à charge x 50%, limité à 1750 €/an</t>
+  </si>
+  <si>
+    <t>Calcul du taux horaire de référence de l'Assistant Maternel :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="#,##0.00\ &quot;€&quot;;\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="0.00&quot; hres&quot;"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -385,52 +580,102 @@
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="9" tint="-0.249977111117893"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="12">
+  <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -453,50 +698,62 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
         <bgColor indexed="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="53"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="9"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="30">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -827,92 +1084,89 @@
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom style="double">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom style="double">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="161">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="7" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="11" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="7" fontId="16" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="7" fontId="16" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="7" fontId="17" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="17" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -928,398 +1182,609 @@
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="7" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="7" fontId="16" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="7" fontId="16" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="7" fontId="17" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="17" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="21" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="25" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="24" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-    </xf>
-    <xf numFmtId="0" fontId="16" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-    </xf>
-    <xf numFmtId="0" fontId="16" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-    </xf>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-    </xf>
-[...32 lines deleted...]
-      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFFF00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1347,51 +1812,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1523,597 +1988,965 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R32"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:R35"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H19" sqref="H19"/>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" customWidth="1"/>
     <col min="4" max="5" width="15.7109375" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" customWidth="1"/>
     <col min="7" max="10" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="43" t="s">
+      <c r="A1" s="93" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="94"/>
+      <c r="C1" s="94"/>
+      <c r="D1" s="94"/>
+      <c r="E1" s="94"/>
+      <c r="F1" s="94"/>
+      <c r="G1" s="95"/>
+    </row>
+    <row r="2" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="96"/>
+      <c r="B2" s="97"/>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="98"/>
+    </row>
+    <row r="3" spans="1:8" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="111" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" s="112"/>
+      <c r="C3" s="112"/>
+      <c r="D3" s="112"/>
+      <c r="E3" s="112"/>
+      <c r="F3" s="112"/>
+      <c r="G3" s="113"/>
+    </row>
+    <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="114"/>
+      <c r="B4" s="115"/>
+      <c r="C4" s="115"/>
+      <c r="D4" s="115"/>
+      <c r="E4" s="115"/>
+      <c r="F4" s="115"/>
+      <c r="G4" s="116"/>
+    </row>
+    <row r="5" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="117"/>
+      <c r="B5" s="118"/>
+      <c r="C5" s="118"/>
+      <c r="D5" s="118"/>
+      <c r="E5" s="118"/>
+      <c r="F5" s="118"/>
+      <c r="G5" s="119"/>
+    </row>
+    <row r="6" spans="1:8" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="120" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="121"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="122"/>
+    </row>
+    <row r="7" spans="1:8" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="123" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="124"/>
+      <c r="C7" s="124"/>
+      <c r="D7" s="124"/>
+      <c r="E7" s="124"/>
+      <c r="F7" s="124"/>
+      <c r="G7" s="125"/>
+    </row>
+    <row r="8" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="126"/>
+      <c r="B8" s="127"/>
+      <c r="C8" s="127"/>
+      <c r="D8" s="127"/>
+      <c r="E8" s="127"/>
+      <c r="F8" s="127"/>
+      <c r="G8" s="128"/>
+    </row>
+    <row r="9" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="64" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="65"/>
+      <c r="C9" s="65"/>
+      <c r="D9" s="65"/>
+      <c r="E9" s="65"/>
+      <c r="F9" s="66"/>
+      <c r="G9" s="8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="103"/>
+      <c r="C10" s="103"/>
+      <c r="D10" s="103"/>
+      <c r="E10" s="103"/>
+      <c r="F10" s="104"/>
+      <c r="G10" s="35">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="65"/>
+      <c r="C11" s="65"/>
+      <c r="D11" s="65"/>
+      <c r="E11" s="65"/>
+      <c r="F11" s="66"/>
+      <c r="G11" s="9">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="64" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="65"/>
+      <c r="C12" s="65"/>
+      <c r="D12" s="65"/>
+      <c r="E12" s="65"/>
+      <c r="F12" s="66"/>
+      <c r="G12" s="9">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="64" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="65"/>
+      <c r="C13" s="65"/>
+      <c r="D13" s="65"/>
+      <c r="E13" s="65"/>
+      <c r="F13" s="66"/>
+      <c r="G13" s="9">
+        <v>100</v>
+      </c>
+      <c r="H13" s="7"/>
+    </row>
+    <row r="14" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="64" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="65"/>
+      <c r="C14" s="65"/>
+      <c r="D14" s="65"/>
+      <c r="E14" s="65"/>
+      <c r="F14" s="66"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="7"/>
+    </row>
+    <row r="15" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="64" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="65"/>
+      <c r="C15" s="65"/>
+      <c r="D15" s="65"/>
+      <c r="E15" s="65"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="7"/>
+    </row>
+    <row r="16" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="102" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="103"/>
+      <c r="C16" s="103"/>
+      <c r="D16" s="103"/>
+      <c r="E16" s="103"/>
+      <c r="F16" s="104"/>
+      <c r="G16" s="32">
+        <f>G11+G12+G13+G14+G15</f>
+        <v>641</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="105"/>
+      <c r="B17" s="106"/>
+      <c r="C17" s="106"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="106"/>
+      <c r="G17" s="107"/>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="80"/>
+      <c r="C18" s="80"/>
+      <c r="D18" s="80"/>
+      <c r="E18" s="80"/>
+      <c r="F18" s="81"/>
+      <c r="G18" s="33">
+        <v>4.8499999999999996</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="80"/>
+      <c r="C19" s="80"/>
+      <c r="D19" s="80"/>
+      <c r="E19" s="80"/>
+      <c r="F19" s="81"/>
+      <c r="G19" s="34">
+        <f>(G16-G15-G14)/G10</f>
+        <v>3.287179487179487</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="108" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="109"/>
+      <c r="C20" s="109"/>
+      <c r="D20" s="109"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="110"/>
+      <c r="G20" s="34">
+        <f>IF((G16-G14-G15)/G10&gt;8,8,(G16-G14-G15)/G10)</f>
+        <v>3.287179487179487</v>
+      </c>
+      <c r="H20" s="7"/>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="99"/>
+      <c r="B21" s="100"/>
+      <c r="C21" s="100"/>
+      <c r="D21" s="100"/>
+      <c r="E21" s="100"/>
+      <c r="F21" s="100"/>
+      <c r="G21" s="101"/>
+      <c r="H21" s="42"/>
+    </row>
+    <row r="22" spans="1:18" ht="18.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="68"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="68"/>
+      <c r="E22" s="68"/>
+      <c r="F22" s="68"/>
+      <c r="G22" s="69"/>
+      <c r="H22" s="42"/>
+    </row>
+    <row r="23" spans="1:18" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A23" s="90"/>
+      <c r="B23" s="91"/>
+      <c r="C23" s="91"/>
+      <c r="D23" s="91"/>
+      <c r="E23" s="91"/>
+      <c r="F23" s="91"/>
+      <c r="G23" s="92"/>
+      <c r="H23" s="42"/>
+    </row>
+    <row r="24" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="73" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="74"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="74"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="75"/>
+      <c r="G24" s="36">
+        <v>2800</v>
+      </c>
+      <c r="H24" s="42"/>
+      <c r="Q24" s="2"/>
+      <c r="R24" s="2"/>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="83"/>
+      <c r="B25" s="84"/>
+      <c r="C25" s="84"/>
+      <c r="D25" s="84"/>
+      <c r="E25" s="84"/>
+      <c r="F25" s="84"/>
+      <c r="G25" s="85"/>
+    </row>
+    <row r="26" spans="1:18" ht="45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="86" t="s">
+        <v>0</v>
+      </c>
+      <c r="B26" s="88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="G26" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+    </row>
+    <row r="27" spans="1:18" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="87"/>
+      <c r="B27" s="89"/>
+      <c r="C27" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A28" s="10">
+        <v>1</v>
+      </c>
+      <c r="B28" s="11">
+        <v>6.1899999999999997E-2</v>
+      </c>
+      <c r="C28" s="12">
+        <f>G20/G18*B28</f>
+        <v>4.1953899021940258E-2</v>
+      </c>
+      <c r="D28" s="37">
+        <f>G24*C28%</f>
+        <v>1.1747091726143273</v>
+      </c>
+      <c r="E28" s="13">
+        <f>(G20-D28)*G10</f>
+        <v>411.93171134020616</v>
+      </c>
+      <c r="F28" s="14">
+        <f>G16-E28</f>
+        <v>229.06828865979384</v>
+      </c>
+      <c r="G28" s="15">
+        <f>F28/2</f>
+        <v>114.53414432989692</v>
+      </c>
+      <c r="J28" s="3"/>
+    </row>
+    <row r="29" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A29" s="10">
+        <v>2</v>
+      </c>
+      <c r="B29" s="11">
+        <v>5.16E-2</v>
+      </c>
+      <c r="C29" s="12">
+        <f>G20/G18*B29</f>
+        <v>3.4972878667724028E-2</v>
+      </c>
+      <c r="D29" s="38">
+        <f>G24*C29%</f>
+        <v>0.97924060269627278</v>
+      </c>
+      <c r="E29" s="13">
+        <f>(G20-D29)*G10</f>
+        <v>450.04808247422676</v>
+      </c>
+      <c r="F29" s="14">
+        <f>G16-E29</f>
+        <v>190.95191752577324</v>
+      </c>
+      <c r="G29" s="15">
+        <f>F29/2</f>
+        <v>95.47595876288662</v>
+      </c>
+      <c r="J29" s="4"/>
+    </row>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A30" s="10">
+        <v>3</v>
+      </c>
+      <c r="B30" s="11">
+        <v>4.1300000000000003E-2</v>
+      </c>
+      <c r="C30" s="12">
+        <f>G20/G18*B30</f>
+        <v>2.7991858313507801E-2</v>
+      </c>
+      <c r="D30" s="38">
+        <f>G24*C30%</f>
+        <v>0.7837720327782185</v>
+      </c>
+      <c r="E30" s="13">
+        <f>(G20-D30)*G10</f>
+        <v>488.16445360824741</v>
+      </c>
+      <c r="F30" s="14">
+        <f>G16-E30</f>
+        <v>152.83554639175259</v>
+      </c>
+      <c r="G30" s="15">
+        <f>F30/2</f>
+        <v>76.417773195876293</v>
+      </c>
+      <c r="J30" s="4"/>
+    </row>
+    <row r="31" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A31" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="B31" s="11">
+        <v>3.1E-2</v>
+      </c>
+      <c r="C31" s="12">
+        <f>G20/G18*B31</f>
+        <v>2.1010837959291567E-2</v>
+      </c>
+      <c r="D31" s="38">
+        <f>G24*C31%</f>
+        <v>0.58830346286016388</v>
+      </c>
+      <c r="E31" s="13">
+        <f>(G20-D31)*G10</f>
+        <v>526.28082474226801</v>
+      </c>
+      <c r="F31" s="14">
+        <f>G16-E31</f>
+        <v>114.71917525773199</v>
+      </c>
+      <c r="G31" s="15">
+        <f>F31/2</f>
+        <v>57.359587628865995</v>
+      </c>
+      <c r="J31" s="4"/>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B32" s="26">
+        <v>2.06E-2</v>
+      </c>
+      <c r="C32" s="27">
+        <f>G20/G18*B32</f>
+        <v>1.3962040708432462E-2</v>
+      </c>
+      <c r="D32" s="39">
+        <f>G24*C32%</f>
+        <v>0.39093713983610895</v>
+      </c>
+      <c r="E32" s="28">
+        <f>(G20-D32)*G10</f>
+        <v>564.76725773195869</v>
+      </c>
+      <c r="F32" s="29">
+        <f>G16-E32</f>
+        <v>76.232742268041306</v>
+      </c>
+      <c r="G32" s="30">
+        <f>F32/2</f>
+        <v>38.116371134020653</v>
+      </c>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="76"/>
+      <c r="B33" s="77"/>
+      <c r="C33" s="77"/>
+      <c r="D33" s="77"/>
+      <c r="E33" s="77"/>
+      <c r="F33" s="77"/>
+      <c r="G33" s="78"/>
+    </row>
+    <row r="34" spans="1:10" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="70" t="s">
         <v>27</v>
       </c>
-      <c r="B1" s="44"/>
-[...479 lines deleted...]
-    <row r="32" spans="1:18" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="B34" s="71"/>
+      <c r="C34" s="71"/>
+      <c r="D34" s="71"/>
+      <c r="E34" s="71"/>
+      <c r="F34" s="71"/>
+      <c r="G34" s="72"/>
+      <c r="H34" s="82"/>
+      <c r="I34" s="82"/>
+      <c r="J34" s="6"/>
+    </row>
+    <row r="35" spans="1:10" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection password="E8F1" sheet="1" objects="1" scenarios="1"/>
-[...9 lines deleted...]
-    <mergeCell ref="A20:G20"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="vdgI1LIQATl6pZoRwY3v5tOUaRzFRN64YE/gTNwmamvk0aAyOycxfQL1w89BaZYRwLEw+eE2P9SKIe/OzAq9Zg==" saltValue="MCrhf4/cGnMM26V2qqvn7Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="27">
     <mergeCell ref="A1:G2"/>
-    <mergeCell ref="A18:G18"/>
+    <mergeCell ref="A21:G21"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A13:F13"/>
-    <mergeCell ref="A14:F14"/>
-    <mergeCell ref="A15:G15"/>
     <mergeCell ref="A16:F16"/>
-    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A17:G17"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="A20:F20"/>
     <mergeCell ref="A3:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:G7"/>
     <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="A25:G25"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="A23:G23"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A22:G22"/>
+    <mergeCell ref="A34:G34"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A19:F19"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39480FE4-0F3D-486F-B57C-6249B268A4AC}">
+  <dimension ref="A1:M26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:G2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="7" width="14.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="93" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="94"/>
+      <c r="C1" s="94"/>
+      <c r="D1" s="94"/>
+      <c r="E1" s="94"/>
+      <c r="F1" s="94"/>
+      <c r="G1" s="95"/>
+    </row>
+    <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="96"/>
+      <c r="B2" s="97"/>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="98"/>
+    </row>
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="139"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="140"/>
+      <c r="B4" s="141"/>
+      <c r="C4" s="141"/>
+      <c r="D4" s="141"/>
+      <c r="E4" s="141"/>
+      <c r="F4" s="141"/>
+      <c r="G4" s="142"/>
+    </row>
+    <row r="5" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="143"/>
+      <c r="B5" s="144"/>
+      <c r="C5" s="144"/>
+      <c r="D5" s="144"/>
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="145"/>
+    </row>
+    <row r="6" spans="1:13" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="149"/>
+      <c r="B6" s="150"/>
+      <c r="C6" s="150"/>
+      <c r="D6" s="150"/>
+      <c r="E6" s="150"/>
+      <c r="F6" s="150"/>
+      <c r="G6" s="151"/>
+    </row>
+    <row r="7" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="103"/>
+      <c r="C7" s="103"/>
+      <c r="D7" s="103"/>
+      <c r="E7" s="103"/>
+      <c r="F7" s="104"/>
+      <c r="G7" s="60">
+        <f>'Simulateur CMG'!G10</f>
+        <v>195</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="146"/>
+      <c r="B8" s="147"/>
+      <c r="C8" s="147"/>
+      <c r="D8" s="147"/>
+      <c r="E8" s="147"/>
+      <c r="F8" s="147"/>
+      <c r="G8" s="148"/>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="102" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="103"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="103"/>
+      <c r="F9" s="104"/>
+      <c r="G9" s="34">
+        <f>'Simulateur CMG'!G16</f>
+        <v>641</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="47"/>
+      <c r="C10" s="47"/>
+      <c r="D10" s="47"/>
+      <c r="E10" s="47"/>
+      <c r="F10" s="47"/>
+      <c r="G10" s="48"/>
+    </row>
+    <row r="11" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="108" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="109"/>
+      <c r="C11" s="109"/>
+      <c r="D11" s="109"/>
+      <c r="E11" s="109"/>
+      <c r="F11" s="110"/>
+      <c r="G11" s="34">
+        <f>'Simulateur CMG'!G19</f>
+        <v>3.287179487179487</v>
+      </c>
+      <c r="I11" s="62"/>
+      <c r="J11" s="62"/>
+      <c r="K11" s="62"/>
+      <c r="L11" s="62"/>
+      <c r="M11" s="62"/>
+    </row>
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="156"/>
+      <c r="B12" s="157"/>
+      <c r="C12" s="157"/>
+      <c r="D12" s="157"/>
+      <c r="E12" s="157"/>
+      <c r="F12" s="157"/>
+      <c r="G12" s="158"/>
+    </row>
+    <row r="13" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="108" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="109"/>
+      <c r="C13" s="109"/>
+      <c r="D13" s="109"/>
+      <c r="E13" s="109"/>
+      <c r="F13" s="110"/>
+      <c r="G13" s="61">
+        <f>MAX(G11-8,0)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="40"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="41"/>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="49"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+    </row>
+    <row r="15" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="159" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="160"/>
+      <c r="C15" s="160"/>
+      <c r="D15" s="160"/>
+      <c r="E15" s="160"/>
+      <c r="F15" s="160"/>
+      <c r="G15" s="50">
+        <f>G7*8</f>
+        <v>1560</v>
+      </c>
+      <c r="H15" s="7"/>
+      <c r="I15" s="7"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="146"/>
+      <c r="B16" s="147"/>
+      <c r="C16" s="147"/>
+      <c r="D16" s="147"/>
+      <c r="E16" s="147"/>
+      <c r="F16" s="147"/>
+      <c r="G16" s="148"/>
+    </row>
+    <row r="17" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="152" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="153"/>
+      <c r="C17" s="153"/>
+      <c r="D17" s="153"/>
+      <c r="E17" s="153"/>
+      <c r="F17" s="153"/>
+      <c r="G17" s="50">
+        <f>G7*G13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="57"/>
+      <c r="B18" s="58"/>
+      <c r="C18" s="58"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="58"/>
+      <c r="F18" s="58"/>
+      <c r="G18" s="59"/>
+    </row>
+    <row r="19" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A19" s="134" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="135"/>
+      <c r="C19" s="135"/>
+      <c r="D19" s="135"/>
+      <c r="E19" s="135"/>
+      <c r="F19" s="135"/>
+      <c r="G19" s="136"/>
+    </row>
+    <row r="20" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="129" t="s">
+        <v>38</v>
+      </c>
+      <c r="B20" s="130"/>
+      <c r="C20" s="130"/>
+      <c r="D20" s="130"/>
+      <c r="E20" s="130"/>
+      <c r="F20" s="130"/>
+      <c r="G20" s="131"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="54"/>
+      <c r="B21" s="55"/>
+      <c r="C21" s="55"/>
+      <c r="D21" s="147"/>
+      <c r="E21" s="147"/>
+      <c r="F21" s="147"/>
+      <c r="G21" s="148"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="43">
+        <v>0.78120000000000001</v>
+      </c>
+      <c r="B22" s="44">
+        <f>G17/A22</f>
+        <v>0</v>
+      </c>
+      <c r="C22" s="45">
+        <v>0.43459999999999999</v>
+      </c>
+      <c r="D22" s="51" t="s">
+        <v>30</v>
+      </c>
+      <c r="E22" s="51"/>
+      <c r="F22" s="52"/>
+      <c r="G22" s="50">
+        <f>B22*C22</f>
+        <v>0</v>
+      </c>
+      <c r="H22" s="63"/>
+    </row>
+    <row r="23" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="43">
+        <v>0.76819999999999999</v>
+      </c>
+      <c r="B23" s="44">
+        <f>G17/A23</f>
+        <v>0</v>
+      </c>
+      <c r="C23" s="45">
+        <v>0.43459999999999999</v>
+      </c>
+      <c r="D23" s="132" t="s">
+        <v>31</v>
+      </c>
+      <c r="E23" s="132"/>
+      <c r="F23" s="133"/>
+      <c r="G23" s="50">
+        <f>B23*C23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="56"/>
+      <c r="B24" s="53"/>
+      <c r="C24" s="154"/>
+      <c r="D24" s="154"/>
+      <c r="E24" s="154"/>
+      <c r="F24" s="154"/>
+      <c r="G24" s="155"/>
+    </row>
+    <row r="25" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="70" t="s">
+        <v>27</v>
+      </c>
+      <c r="B25" s="71"/>
+      <c r="C25" s="71"/>
+      <c r="D25" s="71"/>
+      <c r="E25" s="71"/>
+      <c r="F25" s="71"/>
+      <c r="G25" s="72"/>
+    </row>
+    <row r="26" spans="1:8" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="s50fGABs0tmP4EKrkTsgOvmnqUhf6UmlrWV6RZzK/HkDkg2pd0xgaGCuZ+rmPgRrjMxV/RFjL8PqNRJXwAyJWQ==" saltValue="sbS0rut5vc27Ee3TbROQxQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="18">
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A20:G20"/>
+    <mergeCell ref="D23:F23"/>
+    <mergeCell ref="A25:G25"/>
+    <mergeCell ref="A19:G19"/>
+    <mergeCell ref="A1:G2"/>
+    <mergeCell ref="A3:G5"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="A11:F11"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A16:G16"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="D21:G21"/>
+    <mergeCell ref="A12:G12"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Simulateur CMG</vt:lpstr>
+      <vt:lpstr>Simulateur Cotisations </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>